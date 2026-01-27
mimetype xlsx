--- v0 (2025-11-24)
+++ v1 (2026-01-27)
@@ -1,325 +1,344 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-[...22 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml" PartName="/xl/charts/chart1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml" PartName="/xl/charts/chart2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml" PartName="/xl/charts/chart3.xml"/>
+  <Override ContentType="application/vnd.ms-office.chartcolorstyle+xml" PartName="/xl/charts/colors1.xml"/>
+  <Override ContentType="application/vnd.ms-office.chartcolorstyle+xml" PartName="/xl/charts/colors2.xml"/>
+  <Override ContentType="application/vnd.ms-office.chartcolorstyle+xml" PartName="/xl/charts/colors3.xml"/>
+  <Override ContentType="application/vnd.ms-office.chartstyle+xml" PartName="/xl/charts/style1.xml"/>
+  <Override ContentType="application/vnd.ms-office.chartstyle+xml" PartName="/xl/charts/style2.xml"/>
+  <Override ContentType="application/vnd.ms-office.chartstyle+xml" PartName="/xl/charts/style3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...2 lines deleted...]
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <workbookPr/>
+  <mc:AlternateContent>
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\umweltbundesamt.at\Projekte\20000\20705_EMAS\Intern\OKOaudit\Statistik\0_Statistik für EMAS Datenbank\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\emasablage\statistiken\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{80AC9C8D-B514-4E1B-8D5E-4550760C0E0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12900"/>
+    <workbookView xWindow="2980" yWindow="3080" windowWidth="28800" windowHeight="14970" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Zeitliche Entwicklung" sheetId="3" r:id="rId1"/>
     <sheet name="Größenverteilung" sheetId="2" r:id="rId2"/>
     <sheet name="Branchenverteilung" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">Branchenverteilung!$A$1:$B$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Größenverteilung!$A$1:$B$1</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="37">
   <si>
     <t>Anzahl MA</t>
   </si>
   <si>
     <t>bis 9 MA</t>
   </si>
   <si>
     <t>10-49 MA</t>
   </si>
   <si>
     <t>50-249 MA</t>
   </si>
   <si>
     <t>ab 250 MA</t>
   </si>
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>Organisationen</t>
   </si>
   <si>
     <t>Standorte</t>
   </si>
   <si>
     <t>NACE Code</t>
   </si>
   <si>
-    <t>NACE 35</t>
+    <t>F 43 Vorbereitende Baustellenarbeiten, Bauinstallation und sonstiges Ausbaugewerbe (NACE Code F 43)</t>
   </si>
   <si>
-    <t>NACE 24</t>
+    <t>G 46 Großhandel (NACE Code G 46)</t>
   </si>
   <si>
-    <t>NACE 71</t>
+    <t>P 84 Öffentliche Verwaltung, Verteidigung; Sozialversicherung (NACE Code P 84)</t>
   </si>
   <si>
-    <t>NACE 17</t>
+    <t>C 20 Herstellung von chemischen Erzeugnissen (NACE Code C 20)</t>
   </si>
   <si>
-    <t>NACE 23</t>
+    <t>R 86 Gesundheitswesen (NACE Code R 86)</t>
   </si>
   <si>
-    <t>NACE 25</t>
+    <t>Q 85 Erziehung und Unterricht (NACE Code Q 85)</t>
   </si>
   <si>
-    <t>NACE 37</t>
+    <t>T 96 Erbringung von überwiegend persönlichen Dienstleistungen (NACE Code T 96)</t>
   </si>
   <si>
-    <t>NACE 49</t>
+    <t>O 81 Gebäudebetreuung; Garten- und Landschaftsbau (NACE Code O 81)</t>
   </si>
   <si>
-    <t>NACE 52</t>
+    <t>E 38 Sammlung, Verwertung und Beseitigung von Abfällen (NACE Code E 38)</t>
   </si>
   <si>
-    <t>NACE 10</t>
+    <t>Eintragungen nach Anzahl der Mitarbeitenden</t>
   </si>
   <si>
-    <t>NACE 29</t>
+    <t>Eintragungen nach den häufigsten Branchen</t>
   </si>
   <si>
-    <t>NACE 64</t>
+    <t>2009</t>
   </si>
   <si>
-    <t>NACE 11</t>
+    <t>2010</t>
   </si>
   <si>
-    <t>NACE 28</t>
+    <t>2011</t>
   </si>
   <si>
-    <t>Gesundheitswesen (NACE Code 86)</t>
+    <t>2012</t>
   </si>
   <si>
-    <t>Erziehung und Unterricht (NACE Code 85)</t>
+    <t>2013</t>
   </si>
   <si>
-    <t>Gebäudebetreuung; Garten- und Landschaftsbau (NACE Code 81)</t>
+    <t>2014</t>
   </si>
   <si>
-    <t>Herstellung von chemischen Erzeugnissen (NACE Code 20)</t>
+    <t>2015</t>
   </si>
   <si>
-    <t>Eintragungen nach Anzahl der Mitarbeitenden (Stand: 15.03.2025)</t>
+    <t>2016</t>
   </si>
   <si>
-    <t>Sammlung, Verwertung und Beseitigung von Abfällen (NACE Code 38)</t>
+    <t>2017</t>
   </si>
   <si>
-    <t>Großhandel (NACE Code 46)</t>
+    <t>2018</t>
   </si>
   <si>
-    <t>Öffentliche Verwaltung, Verteidigung; Sozialversicherung (NACE Code 84)</t>
+    <t>2019</t>
   </si>
   <si>
-    <t>Eintragungen nach den häufigsten Branchen (Stand 15.03.2025)</t>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="1" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="0"/>
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId3" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId5" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId6" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/></Relationships>
 </file>
 
-<file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
+<file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="style1.xml" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle"/><Relationship Id="rId2" Target="colors1.xml" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle"/></Relationships>
 </file>
 
-<file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
+<file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="style2.xml" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle"/><Relationship Id="rId2" Target="colors2.xml" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle"/></Relationships>
 </file>
 
-<file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
+<file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="style3.xml" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle"/><Relationship Id="rId2" Target="colors3.xml" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="de-DE"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Zeitliche Entwicklung</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t> der EMAS-registrierten Organisationen und Standorte in Österreich (Stand 15.03.2025)</a:t>
+              <a:t> der EMAS-registrierten Organisationen und Standorte in Österreich </a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout/>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
-          <a:endParaRPr lang="de-DE"/>
+          <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>'Zeitliche Entwicklung'!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Organisationen</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
@@ -720,51 +739,50 @@
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="504471512"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
-      <c:layout/>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
@@ -822,153 +840,152 @@
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Eintragungen nach Anzahl der Mitarbeitenden (MA) (Stand: 15.03.2025)</a:t>
+              <a:t>Eintragungen nach Anzahl der Mitarbeitenden (MA)</a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout/>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="de-DE"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Größenverteilung!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Eintragungen nach Anzahl der Mitarbeitenden (Stand: 15.03.2025)</c:v>
+                  <c:v>Eintragungen nach Anzahl der Mitarbeitenden</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>Größenverteilung!$A$2:$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="4"/>
                 <c:pt idx="0">
                   <c:v>ab 250 MA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>50-249 MA</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>10-49 MA</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>bis 9 MA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Größenverteilung!$B$2:$B$5</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="4"/>
                 <c:pt idx="0">
-                  <c:v>127</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>100</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>50</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>8</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-2145-47E4-8753-6F05BC13B89F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="182"/>
         <c:axId val="458458784"/>
         <c:axId val="458463376"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="458458784"/>
         <c:scaling>
@@ -1134,186 +1151,197 @@
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Eintragungen nach den häufigsten Branchen (Stand: 15.03.2025) gemäß ÖNACE</a:t>
+              <a:t>Eintragungen nach den häufigsten Branchen gemäß ÖNACE</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
               <a:t> 2025</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout/>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
-          <a:endParaRPr lang="de-DE"/>
+          <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.33670292550329611"/>
           <c:y val="0.16245370370370371"/>
           <c:w val="0.64480628424120778"/>
           <c:h val="0.72088764946048411"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Branchenverteilung!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Eintragungen nach den häufigsten Branchen (Stand 15.03.2025)</c:v>
+                  <c:v>Eintragungen nach den häufigsten Branchen</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>Branchenverteilung!$A$2:$A$8</c:f>
+              <c:f>Branchenverteilung!$A$2:$A$10</c:f>
               <c:strCache>
-                <c:ptCount val="7"/>
+                <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>Öffentliche Verwaltung, Verteidigung; Sozialversicherung (NACE Code 84)</c:v>
+                  <c:v>F 43 Vorbereitende Baustellenarbeiten, Bauinstallation und sonstiges Ausbaugewerbe (NACE Code F 43)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>Großhandel (NACE Code 46)</c:v>
+                  <c:v>G 46 Großhandel (NACE Code G 46)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>Gesundheitswesen (NACE Code 86)</c:v>
+                  <c:v>P 84 Öffentliche Verwaltung, Verteidigung; Sozialversicherung (NACE Code P 84)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>Herstellung von chemischen Erzeugnissen (NACE Code 20)</c:v>
+                  <c:v>C 20 Herstellung von chemischen Erzeugnissen (NACE Code C 20)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>Erziehung und Unterricht (NACE Code 85)</c:v>
+                  <c:v>R 86 Gesundheitswesen (NACE Code R 86)</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>Gebäudebetreuung; Garten- und Landschaftsbau (NACE Code 81)</c:v>
+                  <c:v>Q 85 Erziehung und Unterricht (NACE Code Q 85)</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>Sammlung, Verwertung und Beseitigung von Abfällen (NACE Code 38)</c:v>
+                  <c:v>T 96 Erbringung von überwiegend persönlichen Dienstleistungen (NACE Code T 96)</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>O 81 Gebäudebetreuung; Garten- und Landschaftsbau (NACE Code O 81)</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>E 38 Sammlung, Verwertung und Beseitigung von Abfällen (NACE Code E 38)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Branchenverteilung!$B$2:$B$8</c:f>
+              <c:f>Branchenverteilung!$B$2:$B$10</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="7"/>
+                <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>18</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>18</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>19</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>21</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>22</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>32</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>43</c:v>
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-0988-4F1F-8EAE-C9E2D2F8F18F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="182"/>
         <c:axId val="502395904"/>
         <c:axId val="502394592"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="502395904"/>
         <c:scaling>
@@ -3090,150 +3118,165 @@
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../charts/chart1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../charts/chart2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../charts/chart3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>128587</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>133349</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>128587</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="3" name="Diagramm 2"/>
+        <xdr:cNvPr id="3" name="Diagramm 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>647700</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-      <xdr:colOff>647700</xdr:colOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>311150</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="2" name="Diagramm 1"/>
+        <xdr:cNvPr id="2" name="Diagramm 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>523875</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>171450</xdr:rowOff>
+      <xdr:colOff>2473325</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>25400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>149225</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="2" name="Diagramm 1"/>
+        <xdr:cNvPr id="2" name="Diagramm 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -3468,513 +3511,456 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings2.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings3.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J29" sqref="J29"/>
+      <selection activeCell="M11" sqref="M11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>5</v>
       </c>
       <c r="B1" t="s">
         <v>6</v>
       </c>
       <c r="C1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>626</v>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="n">
+        <v>255.0</v>
+      </c>
+      <c r="C2" t="n">
+        <v>626.0</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>647</v>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" t="n">
+        <v>259.0</v>
+      </c>
+      <c r="C3" t="n">
+        <v>647.0</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>688</v>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="n">
+        <v>251.0</v>
+      </c>
+      <c r="C4" t="n">
+        <v>688.0</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>801</v>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="n">
+        <v>253.0</v>
+      </c>
+      <c r="C5" t="n">
+        <v>801.0</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>898</v>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="n">
+        <v>266.0</v>
+      </c>
+      <c r="C6" t="n">
+        <v>898.0</v>
       </c>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1012</v>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" t="n">
+        <v>277.0</v>
+      </c>
+      <c r="C7" t="n">
+        <v>1012.0</v>
       </c>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1093</v>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" t="n">
+        <v>284.0</v>
+      </c>
+      <c r="C8" t="n">
+        <v>1093.0</v>
       </c>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1066</v>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" t="n">
+        <v>288.0</v>
+      </c>
+      <c r="C9" t="n">
+        <v>1066.0</v>
       </c>
     </row>
-    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1076</v>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" t="n">
+        <v>290.0</v>
+      </c>
+      <c r="C10" t="n">
+        <v>1076.0</v>
       </c>
     </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1169</v>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" t="n">
+        <v>250.0</v>
+      </c>
+      <c r="C11" t="n">
+        <v>1169.0</v>
       </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1119</v>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" t="n">
+        <v>262.0</v>
+      </c>
+      <c r="C12" t="n">
+        <v>1119.0</v>
       </c>
     </row>
-    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1249</v>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" t="n">
+        <v>261.0</v>
+      </c>
+      <c r="C13" t="n">
+        <v>1249.0</v>
       </c>
     </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1275</v>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" t="n">
+        <v>271.0</v>
+      </c>
+      <c r="C14" t="n">
+        <v>1275.0</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1309</v>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="n">
+        <v>276.0</v>
+      </c>
+      <c r="C15" t="n">
+        <v>1309.0</v>
       </c>
     </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1386</v>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="n">
+        <v>284.0</v>
+      </c>
+      <c r="C16" t="n">
+        <v>1386.0</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1414</v>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="n">
+        <v>284.0</v>
+      </c>
+      <c r="C17" t="n">
+        <v>1414.0</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>1520</v>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" t="n">
+        <v>295.0</v>
+      </c>
+      <c r="C18" t="n">
+        <v>1536.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="I21" sqref="I21"/>
+      <selection activeCell="J23" sqref="J23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A1" t="s">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" t="s">
-        <v>27</v>
+      <c r="B1" s="2" t="s">
+        <v>18</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
         <v>4</v>
       </c>
-      <c r="B2">
-        <v>127</v>
+      <c r="B2" t="n">
+        <v>135.0</v>
       </c>
     </row>
-    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
         <v>3</v>
       </c>
-      <c r="B3">
-        <v>100</v>
+      <c r="B3" t="n">
+        <v>94.0</v>
       </c>
     </row>
-    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
         <v>2</v>
       </c>
-      <c r="B4">
-        <v>50</v>
+      <c r="B4" t="n">
+        <v>56.0</v>
       </c>
     </row>
-    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B5">
-        <v>8</v>
+      <c r="B5" t="n">
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:B1">
-    <sortState ref="A2:B5">
+  <autoFilter ref="A1:B1" xr:uid="{00000000-0009-0000-0000-000001000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:B5">
       <sortCondition descending="1" ref="B1"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:O15"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C30" sqref="C30"/>
+      <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="77.5703125" customWidth="1"/>
-    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="1" max="1" customWidth="true" width="77.54296875" collapsed="false"/>
+    <col min="2" max="2" customWidth="true" width="14.7265625" collapsed="false"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A1" t="s">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A1" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B1" t="s">
-[...2 lines deleted...]
-      <c r="N1" t="s">
+      <c r="B1" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1" s="2"/>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="n">
+        <v>18.0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" t="n">
+        <v>19.0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="n">
+        <v>19.0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="n">
+        <v>21.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="n">
+        <v>22.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" t="n">
+        <v>23.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="n">
+        <v>31.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="n">
+        <v>43.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10">
         <v>9</v>
-      </c>
-[...122 lines deleted...]
-        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:B1">
-    <sortState ref="A2:B8">
+  <autoFilter ref="A1:B1" xr:uid="{00000000-0009-0000-0000-000002000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:B8">
       <sortCondition ref="B1"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Zeitliche Entwicklung</vt:lpstr>
       <vt:lpstr>Größenverteilung</vt:lpstr>
       <vt:lpstr>Branchenverteilung</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>