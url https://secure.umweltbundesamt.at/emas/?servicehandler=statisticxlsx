--- v1 (2026-01-27)
+++ v2 (2026-03-28)
@@ -36,51 +36,51 @@
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent>
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\emasablage\statistiken\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{80AC9C8D-B514-4E1B-8D5E-4550760C0E0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="2980" yWindow="3080" windowWidth="28800" windowHeight="14970" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Zeitliche Entwicklung" sheetId="3" r:id="rId1"/>
     <sheet name="Größenverteilung" sheetId="2" r:id="rId2"/>
     <sheet name="Branchenverteilung" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">Branchenverteilung!$A$1:$B$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Größenverteilung!$A$1:$B$1</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="37">
   <si>
     <t>Anzahl MA</t>
   </si>
   <si>
     <t>bis 9 MA</t>
   </si>
   <si>
     <t>10-49 MA</t>
   </si>
   <si>
     <t>50-249 MA</t>
   </si>
   <si>
     <t>ab 250 MA</t>
   </si>
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>Organisationen</t>
   </si>
   <si>
     <t>Standorte</t>
   </si>
   <si>
@@ -3722,103 +3722,103 @@
         <v>34</v>
       </c>
       <c r="B16" t="n">
         <v>284.0</v>
       </c>
       <c r="C16" t="n">
         <v>1386.0</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="n">
         <v>284.0</v>
       </c>
       <c r="C17" t="n">
         <v>1414.0</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="n">
-        <v>295.0</v>
+        <v>294.0</v>
       </c>
       <c r="C18" t="n">
-        <v>1536.0</v>
+        <v>1541.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="J23" sqref="J23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="n">
-        <v>135.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="n">
-        <v>94.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="n">
-        <v>56.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B5" t="n">
         <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:B1" xr:uid="{00000000-0009-0000-0000-000001000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:B5">
       <sortCondition descending="1" ref="B1"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:C10"/>
@@ -3846,86 +3846,86 @@
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="n">
         <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3" t="n">
         <v>19.0</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="n">
         <v>19.0</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B5" t="n">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="n">
         <v>22.0</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B7" t="n">
-        <v>23.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" t="n">
-        <v>31.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>43.0</v>
+        <v>16</v>
+      </c>
+      <c r="B9">
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:B1" xr:uid="{00000000-0009-0000-0000-000002000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:B8">
       <sortCondition ref="B1"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>